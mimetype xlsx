--- v0 (2025-10-20)
+++ v1 (2026-03-20)
@@ -12,218 +12,338 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="0" fullCalcOnLoad="1" forceFullCalc="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="57">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="97">
   <si>
     <t>id</t>
   </si>
   <si>
     <t>fecha</t>
   </si>
   <si>
     <t>nombre</t>
   </si>
   <si>
     <t>puesto</t>
   </si>
   <si>
     <t>actividad</t>
   </si>
   <si>
     <t>organo_autoriza</t>
   </si>
   <si>
     <t>documento_pdf_id</t>
   </si>
   <si>
     <t>documento_open_id</t>
   </si>
   <si>
+    <t>23-02-2026</t>
+  </si>
+  <si>
+    <t>FMN</t>
+  </si>
+  <si>
+    <t>Policía Portuaria</t>
+  </si>
+  <si>
+    <t>Revisión Instalaciones de gas</t>
+  </si>
+  <si>
+    <t>Ministerio para la Transformación Digital y de la Función Pública</t>
+  </si>
+  <si>
+    <t>12-01-2026</t>
+  </si>
+  <si>
+    <t>RJPN</t>
+  </si>
+  <si>
+    <t>Jefe de Equipo de Policía Portuaria</t>
+  </si>
+  <si>
+    <t> Tareas de dependiente en establecimiento de relojería y joyería.</t>
+  </si>
+  <si>
+    <t>SRD</t>
+  </si>
+  <si>
+    <t>Responsable de Mantenimiento</t>
+  </si>
+  <si>
+    <t>Servicios técnicos de ingeniería</t>
+  </si>
+  <si>
+    <t>17-12-2025</t>
+  </si>
+  <si>
+    <t>JCVM</t>
+  </si>
+  <si>
+    <t> Jefe de Equipo de Policía Portuaria</t>
+  </si>
+  <si>
+    <t>Chófer</t>
+  </si>
+  <si>
+    <t>11-12-2025</t>
+  </si>
+  <si>
+    <t>EAM</t>
+  </si>
+  <si>
+    <t>Responsable de Sistemas de Información y Comunicación</t>
+  </si>
+  <si>
+    <t>Profesor en cursos de formación en el ámbito de las TIC</t>
+  </si>
+  <si>
+    <t>23-10-2025</t>
+  </si>
+  <si>
+    <t>REE</t>
+  </si>
+  <si>
+    <t>Policía Portuario</t>
+  </si>
+  <si>
+    <t>Conductor, transporte de pasajeros</t>
+  </si>
+  <si>
+    <t>22-10-2025</t>
+  </si>
+  <si>
+    <t>CGP</t>
+  </si>
+  <si>
+    <t>Téc. Medio Ambiente</t>
+  </si>
+  <si>
+    <t>Servicios de consultoría</t>
+  </si>
+  <si>
+    <t>02-10-2025</t>
+  </si>
+  <si>
+    <t>AAH</t>
+  </si>
+  <si>
+    <t>Taxista</t>
+  </si>
+  <si>
+    <t>12-06-2025</t>
+  </si>
+  <si>
+    <t>JJGS</t>
+  </si>
+  <si>
+    <t>Administrativo</t>
+  </si>
+  <si>
+    <t>Artista, humorista</t>
+  </si>
+  <si>
+    <t>06-02-2025</t>
+  </si>
+  <si>
+    <t>MBP</t>
+  </si>
+  <si>
+    <t>Resp. Dominio Público</t>
+  </si>
+  <si>
+    <t>Mediación familiar, civil, mercantil y sanitaria</t>
+  </si>
+  <si>
     <t>07-10-2024</t>
   </si>
   <si>
-    <t>José Miguel Esteve Lledó</t>
+    <t>JMEL</t>
   </si>
   <si>
     <t>Responsable de Sistemas de Información y Comunicaciones</t>
   </si>
   <si>
-    <t>Músico por cuenta ajena</t>
-[...2 lines deleted...]
-    <t>Ministerio para la Transformación Digital y de la Función Pública</t>
+    <t>Músico por cuenta ajena e Ingeniero en Telecomunicación</t>
   </si>
   <si>
     <t>11-06-2024</t>
   </si>
   <si>
-    <t>Pedro Bauzá Mascaró</t>
+    <t>PBM</t>
   </si>
   <si>
     <t>Analista / programador por cuenta propia</t>
   </si>
   <si>
     <t>21-05-2024</t>
   </si>
   <si>
-    <t>Fernando Antich Barceló</t>
+    <t>FAB</t>
   </si>
   <si>
     <t>Responsable de Oficina de Secretaría General</t>
   </si>
   <si>
     <t>Profesor asociado a tiempo parcial</t>
   </si>
   <si>
     <t>24-08-2022</t>
   </si>
   <si>
-    <t>Silvia Campaner Morán</t>
+    <t>SCM</t>
   </si>
   <si>
     <t>Responsable Económico Financiero</t>
   </si>
   <si>
     <t>Asesoría fiscal y contable</t>
   </si>
   <si>
     <t>Ministerio de Hacienda y Función Pública</t>
   </si>
   <si>
     <t>31-03-2022</t>
   </si>
   <si>
-    <t>Vicente Tur Tur</t>
-[...2 lines deleted...]
-    <t>Policía Portuario</t>
+    <t>VTT</t>
   </si>
   <si>
     <t>Hostelería</t>
   </si>
   <si>
     <t>02-02-2022</t>
   </si>
   <si>
-    <t>Francisco José Cillán Esteban</t>
+    <t>FJCE</t>
   </si>
   <si>
     <t>Jefe de Servicio de Policía Portuaria</t>
   </si>
   <si>
     <t>Abogacía</t>
   </si>
   <si>
+    <t>30-09-2021</t>
+  </si>
+  <si>
+    <t>VRB</t>
+  </si>
+  <si>
+    <t>Técnico Comunicación e Imagen</t>
+  </si>
+  <si>
+    <t>Consultora de comunicación y creación de contenido</t>
+  </si>
+  <si>
     <t>07-11-2018</t>
   </si>
   <si>
-    <t>José Ramón Bahana Puentenueva</t>
+    <t>JRBP</t>
   </si>
   <si>
     <t>Ministerio de Política Territorial y Función Pública</t>
   </si>
   <si>
     <t>20-07-2016</t>
   </si>
   <si>
-    <t>Jorge Marí Costa</t>
+    <t>JMC</t>
   </si>
   <si>
     <t>Transporte de pasajeros</t>
   </si>
   <si>
     <t>Ministerio de Hacienda y Administraciones Públicas</t>
   </si>
   <si>
     <t>09-09-2015</t>
   </si>
   <si>
-    <t>José Carlos Rodríguez Zapico</t>
+    <t>JCRZ</t>
   </si>
   <si>
     <t>Responsable de Dominio Público</t>
   </si>
   <si>
     <t>Administrador único de Sociedad Unipersonal</t>
   </si>
   <si>
     <t>20-01-2010</t>
   </si>
   <si>
-    <t>Manel González Amo</t>
+    <t>MGA</t>
   </si>
   <si>
     <t>Responsable Infraestructuras</t>
   </si>
   <si>
     <t>Asistentes Técnicos, Redacción y Dirección de Proyectos</t>
   </si>
   <si>
     <t>Ministerio de la Presidencia</t>
   </si>
   <si>
     <t>24-01-2008</t>
   </si>
   <si>
-    <t>Rafael López Anguita</t>
+    <t>RLA</t>
   </si>
   <si>
     <t>Responsable Oficina Secretaría General</t>
   </si>
   <si>
     <t>Ministerio de Administraciones Públicas</t>
   </si>
   <si>
     <t>01-01-2006</t>
   </si>
   <si>
-    <t>Antonio Martín Vidal</t>
-[...2 lines deleted...]
-    <t>Responsable de Mantenimiento</t>
+    <t>AMV</t>
   </si>
   <si>
     <t>Arquitecto Técnico</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="1"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
@@ -561,63 +681,63 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:Z13"/>
+  <dimension ref="A1:Z24"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" zoomScale="75" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1:Z1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="4" bestFit="true" customWidth="true" style="1"/>
     <col min="2" max="2" width="12" bestFit="true" customWidth="true" style="0"/>
-    <col min="3" max="3" width="35" bestFit="true" customWidth="true" style="0"/>
+    <col min="3" max="3" width="8" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="65" bestFit="true" customWidth="true" style="0"/>
-    <col min="5" max="5" width="65" bestFit="true" customWidth="true" style="0"/>
+    <col min="5" max="5" width="77" bestFit="true" customWidth="true" style="0"/>
     <col min="6" max="6" width="77" bestFit="true" customWidth="true" style="0"/>
     <col min="7" max="7" width="19" bestFit="true" customWidth="true" style="0"/>
     <col min="8" max="8" width="21" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:26">
       <c r="A1" s="2" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="2" t="s">
         <v>1</v>
       </c>
       <c r="C1" s="2" t="s">
         <v>2</v>
       </c>
       <c r="D1" s="2" t="s">
         <v>3</v>
       </c>
       <c r="E1" s="2" t="s">
         <v>4</v>
       </c>
       <c r="F1" s="2" t="s">
         <v>5</v>
       </c>
       <c r="G1" s="2" t="s">
@@ -625,286 +745,506 @@
       </c>
       <c r="H1" s="2" t="s">
         <v>7</v>
       </c>
       <c r="I1" s="2"/>
       <c r="J1" s="2"/>
       <c r="K1" s="2"/>
       <c r="L1" s="2"/>
       <c r="M1" s="2"/>
       <c r="N1" s="2"/>
       <c r="O1" s="2"/>
       <c r="P1" s="2"/>
       <c r="Q1" s="2"/>
       <c r="R1" s="2"/>
       <c r="S1" s="2"/>
       <c r="T1" s="2"/>
       <c r="U1" s="2"/>
       <c r="V1" s="2"/>
       <c r="W1" s="2"/>
       <c r="X1" s="2"/>
       <c r="Y1" s="2"/>
       <c r="Z1" s="2"/>
     </row>
     <row r="2" spans="1:26">
       <c r="A2" s="1">
-        <v>221</v>
+        <v>403</v>
       </c>
       <c r="B2" t="s">
         <v>8</v>
       </c>
       <c r="C2" t="s">
         <v>9</v>
       </c>
       <c r="D2" t="s">
         <v>10</v>
       </c>
       <c r="E2" t="s">
         <v>11</v>
       </c>
       <c r="F2" t="s">
         <v>12</v>
       </c>
     </row>
     <row r="3" spans="1:26">
       <c r="A3" s="1">
-        <v>222</v>
+        <v>323</v>
       </c>
       <c r="B3" t="s">
         <v>13</v>
       </c>
       <c r="C3" t="s">
         <v>14</v>
       </c>
       <c r="D3" t="s">
-        <v>10</v>
+        <v>15</v>
       </c>
       <c r="E3" t="s">
-        <v>15</v>
+        <v>16</v>
       </c>
       <c r="F3" t="s">
         <v>12</v>
       </c>
     </row>
     <row r="4" spans="1:26">
       <c r="A4" s="1">
-        <v>223</v>
+        <v>324</v>
       </c>
       <c r="B4" t="s">
-        <v>16</v>
+        <v>13</v>
       </c>
       <c r="C4" t="s">
         <v>17</v>
       </c>
       <c r="D4" t="s">
         <v>18</v>
       </c>
       <c r="E4" t="s">
         <v>19</v>
       </c>
       <c r="F4" t="s">
         <v>12</v>
       </c>
     </row>
     <row r="5" spans="1:26">
       <c r="A5" s="1">
-        <v>141</v>
+        <v>322</v>
       </c>
       <c r="B5" t="s">
         <v>20</v>
       </c>
       <c r="C5" t="s">
         <v>21</v>
       </c>
       <c r="D5" t="s">
         <v>22</v>
       </c>
       <c r="E5" t="s">
         <v>23</v>
       </c>
       <c r="F5" t="s">
-        <v>24</v>
+        <v>12</v>
       </c>
     </row>
     <row r="6" spans="1:26">
       <c r="A6" s="1">
-        <v>140</v>
+        <v>321</v>
       </c>
       <c r="B6" t="s">
+        <v>24</v>
+      </c>
+      <c r="C6" t="s">
         <v>25</v>
       </c>
-      <c r="C6" t="s">
+      <c r="D6" t="s">
         <v>26</v>
       </c>
-      <c r="D6" t="s">
+      <c r="E6" t="s">
         <v>27</v>
       </c>
-      <c r="E6" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="F6" t="s">
-        <v>24</v>
+        <v>12</v>
       </c>
     </row>
     <row r="7" spans="1:26">
       <c r="A7" s="1">
-        <v>139</v>
+        <v>319</v>
       </c>
       <c r="B7" t="s">
+        <v>28</v>
+      </c>
+      <c r="C7" t="s">
         <v>29</v>
       </c>
-      <c r="C7" t="s">
+      <c r="D7" t="s">
         <v>30</v>
       </c>
-      <c r="D7" t="s">
+      <c r="E7" t="s">
         <v>31</v>
       </c>
-      <c r="E7" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="F7" t="s">
-        <v>24</v>
+        <v>12</v>
       </c>
     </row>
     <row r="8" spans="1:26">
       <c r="A8" s="1">
-        <v>143</v>
+        <v>320</v>
       </c>
       <c r="B8" t="s">
+        <v>32</v>
+      </c>
+      <c r="C8" t="s">
         <v>33</v>
       </c>
-      <c r="C8" t="s">
+      <c r="D8" t="s">
         <v>34</v>
       </c>
-      <c r="D8" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="E8" t="s">
-        <v>28</v>
+        <v>35</v>
       </c>
       <c r="F8" t="s">
-        <v>35</v>
+        <v>12</v>
       </c>
     </row>
     <row r="9" spans="1:26">
       <c r="A9" s="1">
-        <v>142</v>
+        <v>318</v>
       </c>
       <c r="B9" t="s">
         <v>36</v>
       </c>
       <c r="C9" t="s">
         <v>37</v>
       </c>
       <c r="D9" t="s">
-        <v>27</v>
+        <v>30</v>
       </c>
       <c r="E9" t="s">
         <v>38</v>
       </c>
       <c r="F9" t="s">
-        <v>39</v>
+        <v>12</v>
       </c>
     </row>
     <row r="10" spans="1:26">
       <c r="A10" s="1">
-        <v>146</v>
+        <v>317</v>
       </c>
       <c r="B10" t="s">
+        <v>39</v>
+      </c>
+      <c r="C10" t="s">
         <v>40</v>
       </c>
-      <c r="C10" t="s">
+      <c r="D10" t="s">
         <v>41</v>
       </c>
-      <c r="D10" t="s">
+      <c r="E10" t="s">
         <v>42</v>
       </c>
-      <c r="E10" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="F10" t="s">
-        <v>39</v>
+        <v>12</v>
       </c>
     </row>
     <row r="11" spans="1:26">
       <c r="A11" s="1">
-        <v>145</v>
+        <v>316</v>
       </c>
       <c r="B11" t="s">
+        <v>43</v>
+      </c>
+      <c r="C11" t="s">
         <v>44</v>
       </c>
-      <c r="C11" t="s">
+      <c r="D11" t="s">
         <v>45</v>
       </c>
-      <c r="D11" t="s">
+      <c r="E11" t="s">
         <v>46</v>
       </c>
-      <c r="E11" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="F11" t="s">
-        <v>48</v>
+        <v>12</v>
       </c>
     </row>
     <row r="12" spans="1:26">
       <c r="A12" s="1">
-        <v>144</v>
+        <v>303</v>
       </c>
       <c r="B12" t="s">
+        <v>47</v>
+      </c>
+      <c r="C12" t="s">
+        <v>48</v>
+      </c>
+      <c r="D12" t="s">
         <v>49</v>
       </c>
-      <c r="C12" t="s">
+      <c r="E12" t="s">
         <v>50</v>
       </c>
-      <c r="D12" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="F12" t="s">
-        <v>52</v>
+        <v>12</v>
       </c>
     </row>
     <row r="13" spans="1:26">
       <c r="A13" s="1">
-        <v>160</v>
+        <v>304</v>
       </c>
       <c r="B13" t="s">
+        <v>51</v>
+      </c>
+      <c r="C13" t="s">
+        <v>52</v>
+      </c>
+      <c r="D13" t="s">
+        <v>49</v>
+      </c>
+      <c r="E13" t="s">
         <v>53</v>
       </c>
-      <c r="C13" t="s">
+      <c r="F13" t="s">
+        <v>12</v>
+      </c>
+    </row>
+    <row r="14" spans="1:26">
+      <c r="A14" s="1">
+        <v>305</v>
+      </c>
+      <c r="B14" t="s">
         <v>54</v>
       </c>
-      <c r="D13" t="s">
+      <c r="C14" t="s">
         <v>55</v>
       </c>
-      <c r="E13" t="s">
+      <c r="D14" t="s">
         <v>56</v>
       </c>
-      <c r="F13" t="s">
-        <v>52</v>
+      <c r="E14" t="s">
+        <v>57</v>
+      </c>
+      <c r="F14" t="s">
+        <v>12</v>
+      </c>
+    </row>
+    <row r="15" spans="1:26">
+      <c r="A15" s="1">
+        <v>306</v>
+      </c>
+      <c r="B15" t="s">
+        <v>58</v>
+      </c>
+      <c r="C15" t="s">
+        <v>59</v>
+      </c>
+      <c r="D15" t="s">
+        <v>60</v>
+      </c>
+      <c r="E15" t="s">
+        <v>61</v>
+      </c>
+      <c r="F15" t="s">
+        <v>62</v>
+      </c>
+    </row>
+    <row r="16" spans="1:26">
+      <c r="A16" s="1">
+        <v>307</v>
+      </c>
+      <c r="B16" t="s">
+        <v>63</v>
+      </c>
+      <c r="C16" t="s">
+        <v>64</v>
+      </c>
+      <c r="D16" t="s">
+        <v>30</v>
+      </c>
+      <c r="E16" t="s">
+        <v>65</v>
+      </c>
+      <c r="F16" t="s">
+        <v>62</v>
+      </c>
+    </row>
+    <row r="17" spans="1:26">
+      <c r="A17" s="1">
+        <v>308</v>
+      </c>
+      <c r="B17" t="s">
+        <v>66</v>
+      </c>
+      <c r="C17" t="s">
+        <v>67</v>
+      </c>
+      <c r="D17" t="s">
+        <v>68</v>
+      </c>
+      <c r="E17" t="s">
+        <v>69</v>
+      </c>
+      <c r="F17" t="s">
+        <v>62</v>
+      </c>
+    </row>
+    <row r="18" spans="1:26">
+      <c r="A18" s="1">
+        <v>315</v>
+      </c>
+      <c r="B18" t="s">
+        <v>70</v>
+      </c>
+      <c r="C18" t="s">
+        <v>71</v>
+      </c>
+      <c r="D18" t="s">
+        <v>72</v>
+      </c>
+      <c r="E18" t="s">
+        <v>73</v>
+      </c>
+      <c r="F18" t="s">
+        <v>12</v>
+      </c>
+    </row>
+    <row r="19" spans="1:26">
+      <c r="A19" s="1">
+        <v>309</v>
+      </c>
+      <c r="B19" t="s">
+        <v>74</v>
+      </c>
+      <c r="C19" t="s">
+        <v>75</v>
+      </c>
+      <c r="D19" t="s">
+        <v>30</v>
+      </c>
+      <c r="E19" t="s">
+        <v>65</v>
+      </c>
+      <c r="F19" t="s">
+        <v>76</v>
+      </c>
+    </row>
+    <row r="20" spans="1:26">
+      <c r="A20" s="1">
+        <v>310</v>
+      </c>
+      <c r="B20" t="s">
+        <v>77</v>
+      </c>
+      <c r="C20" t="s">
+        <v>78</v>
+      </c>
+      <c r="D20" t="s">
+        <v>30</v>
+      </c>
+      <c r="E20" t="s">
+        <v>79</v>
+      </c>
+      <c r="F20" t="s">
+        <v>80</v>
+      </c>
+    </row>
+    <row r="21" spans="1:26">
+      <c r="A21" s="1">
+        <v>311</v>
+      </c>
+      <c r="B21" t="s">
+        <v>81</v>
+      </c>
+      <c r="C21" t="s">
+        <v>82</v>
+      </c>
+      <c r="D21" t="s">
+        <v>83</v>
+      </c>
+      <c r="E21" t="s">
+        <v>84</v>
+      </c>
+      <c r="F21" t="s">
+        <v>80</v>
+      </c>
+    </row>
+    <row r="22" spans="1:26">
+      <c r="A22" s="1">
+        <v>312</v>
+      </c>
+      <c r="B22" t="s">
+        <v>85</v>
+      </c>
+      <c r="C22" t="s">
+        <v>86</v>
+      </c>
+      <c r="D22" t="s">
+        <v>87</v>
+      </c>
+      <c r="E22" t="s">
+        <v>88</v>
+      </c>
+      <c r="F22" t="s">
+        <v>89</v>
+      </c>
+    </row>
+    <row r="23" spans="1:26">
+      <c r="A23" s="1">
+        <v>313</v>
+      </c>
+      <c r="B23" t="s">
+        <v>90</v>
+      </c>
+      <c r="C23" t="s">
+        <v>91</v>
+      </c>
+      <c r="D23" t="s">
+        <v>92</v>
+      </c>
+      <c r="E23" t="s">
+        <v>69</v>
+      </c>
+      <c r="F23" t="s">
+        <v>93</v>
+      </c>
+    </row>
+    <row r="24" spans="1:26">
+      <c r="A24" s="1">
+        <v>314</v>
+      </c>
+      <c r="B24" t="s">
+        <v>94</v>
+      </c>
+      <c r="C24" t="s">
+        <v>95</v>
+      </c>
+      <c r="D24" t="s">
+        <v>18</v>
+      </c>
+      <c r="E24" t="s">
+        <v>96</v>
+      </c>
+      <c r="F24" t="s">
+        <v>93</v>
       </c>
     </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">